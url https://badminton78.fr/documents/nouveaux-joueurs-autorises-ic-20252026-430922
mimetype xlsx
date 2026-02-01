--- v0 (2025-12-03)
+++ v1 (2026-02-01)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29523"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29721"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Utilisateur\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="47" documentId="13_ncr:1_{E364B788-06A9-4698-98F5-6422F2D6F196}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8E9B5146-0D4D-459C-AC32-251A4BE03B76}"/>
+  <xr:revisionPtr revIDLastSave="167" documentId="13_ncr:1_{E364B788-06A9-4698-98F5-6422F2D6F196}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DE2AA8AF-C060-4FE0-91C1-816AFD87AC4A}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{3A11D5E4-5F93-4230-8239-297FB7F9B226}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="71">
   <si>
     <t>Sexe</t>
   </si>
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Licence</t>
   </si>
   <si>
     <t>Instance sigle</t>
   </si>
   <si>
     <t>Catégorie</t>
   </si>
   <si>
     <t>Simple</t>
   </si>
   <si>
     <t xml:space="preserve">Double </t>
   </si>
   <si>
@@ -170,94 +170,169 @@
     <t>P10</t>
   </si>
   <si>
     <t>TUESG</t>
   </si>
   <si>
     <t>J4</t>
   </si>
   <si>
     <t>O*****</t>
   </si>
   <si>
     <t>N****</t>
   </si>
   <si>
     <t>C*****</t>
   </si>
   <si>
     <t>Cadet 2</t>
   </si>
   <si>
     <t>I*****</t>
   </si>
   <si>
     <t>senior</t>
+  </si>
+  <si>
+    <t>E****</t>
+  </si>
+  <si>
+    <t>MYBAD</t>
+  </si>
+  <si>
+    <t>J5</t>
+  </si>
+  <si>
+    <t>K*****</t>
+  </si>
+  <si>
+    <t>USC</t>
+  </si>
+  <si>
+    <t>P*****</t>
+  </si>
+  <si>
+    <t>R6</t>
+  </si>
+  <si>
+    <t>S****</t>
+  </si>
+  <si>
+    <t>M***</t>
+  </si>
+  <si>
+    <t>BML</t>
+  </si>
+  <si>
+    <t>Veterans 1</t>
+  </si>
+  <si>
+    <t>J9</t>
+  </si>
+  <si>
+    <t>P*******</t>
+  </si>
+  <si>
+    <t>H******</t>
+  </si>
+  <si>
+    <t>LVE</t>
+  </si>
+  <si>
+    <t>P********</t>
+  </si>
+  <si>
+    <t>R****</t>
+  </si>
+  <si>
+    <t>J********</t>
+  </si>
+  <si>
+    <t>Veterans 4</t>
+  </si>
+  <si>
+    <t>J11</t>
+  </si>
+  <si>
+    <t>BCMB</t>
+  </si>
+  <si>
+    <t>R5</t>
+  </si>
+  <si>
+    <t>M*</t>
+  </si>
+  <si>
+    <t>S*****</t>
+  </si>
+  <si>
+    <t>VVV</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -275,63 +350,77 @@
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -606,54 +695,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2ACEB44-7FAA-407A-A3EF-11B96DD757A8}">
-  <dimension ref="A1:K13"/>
+  <dimension ref="A1:K22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F22" sqref="F22"/>
+      <selection activeCell="M17" sqref="M17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="14.45"/>
   <cols>
     <col min="2" max="2" width="20.7109375" customWidth="1"/>
     <col min="10" max="10" width="19.7109375" customWidth="1"/>
     <col min="11" max="11" width="24" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
@@ -1040,82 +1129,397 @@
         <v>7452715</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>43</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>37</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>34</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>34</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:11">
-      <c r="A13" s="5" t="s">
+      <c r="A13" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B13" s="5" t="s">
+      <c r="B13" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="C13" s="5" t="s">
+      <c r="C13" s="8" t="s">
         <v>44</v>
       </c>
-      <c r="D13" s="5">
+      <c r="D13" s="8">
         <v>7342383</v>
       </c>
-      <c r="E13" s="5" t="s">
+      <c r="E13" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="F13" s="5" t="s">
+      <c r="F13" s="8" t="s">
         <v>45</v>
       </c>
-      <c r="G13" s="5" t="s">
+      <c r="G13" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="H13" s="5" t="s">
+      <c r="H13" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="I13" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="J13" s="5" t="s">
+      <c r="J13" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="K13" s="5" t="s">
+      <c r="K13" s="8" t="s">
         <v>39</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="15">
+      <c r="A14" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" s="8">
+        <v>7361014</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F14" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="H14" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="I14" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="J14" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K14" s="8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11">
+      <c r="A15" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D15" s="8">
+        <v>7715205</v>
+      </c>
+      <c r="E15" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F15" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G15" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H15" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="I15" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="J15" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="K15" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11">
+      <c r="A16" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B16" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D16" s="8">
+        <v>7702646</v>
+      </c>
+      <c r="E16" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F16" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G16" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H16" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="I16" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="J16" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="K16" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="15">
+      <c r="A17" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D17" s="8">
+        <v>7237182</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F17" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="G17" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H17" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="I17" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="J17" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K17" s="8" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="15">
+      <c r="A18" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" s="5">
+        <v>6952355</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K18" s="5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="15">
+      <c r="A19" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D19" s="5">
+        <v>6987501</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="15">
+      <c r="A20" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="D20" s="5">
+        <v>327335</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="15">
+      <c r="A21" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B21" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D21" s="8">
+        <v>7143489</v>
+      </c>
+      <c r="E21" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="F21" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="G21" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="H21" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="I21" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="J21" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="K21" s="8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="15">
+      <c r="A22" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="D22" s="5">
+        <v>6952398</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Romain Meyniel</dc:creator>
   <cp:keywords/>
   <dc:description/>