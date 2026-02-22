--- v1 (2026-02-01)
+++ v2 (2026-02-22)
@@ -4,79 +4,79 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29721"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Utilisateur\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="167" documentId="13_ncr:1_{E364B788-06A9-4698-98F5-6422F2D6F196}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DE2AA8AF-C060-4FE0-91C1-816AFD87AC4A}"/>
+  <xr:revisionPtr revIDLastSave="177" documentId="13_ncr:1_{E364B788-06A9-4698-98F5-6422F2D6F196}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EBA6CAA7-19A2-4427-B24A-169454C2E884}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{3A11D5E4-5F93-4230-8239-297FB7F9B226}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="75">
   <si>
     <t>Sexe</t>
   </si>
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Licence</t>
   </si>
   <si>
     <t>Instance sigle</t>
   </si>
   <si>
     <t>Catégorie</t>
   </si>
   <si>
     <t>Simple</t>
   </si>
   <si>
     <t xml:space="preserve">Double </t>
   </si>
   <si>
@@ -245,50 +245,62 @@
     <t>R****</t>
   </si>
   <si>
     <t>J********</t>
   </si>
   <si>
     <t>Veterans 4</t>
   </si>
   <si>
     <t>J11</t>
   </si>
   <si>
     <t>BCMB</t>
   </si>
   <si>
     <t>R5</t>
   </si>
   <si>
     <t>M*</t>
   </si>
   <si>
     <t>S*****</t>
   </si>
   <si>
     <t>VVV</t>
+  </si>
+  <si>
+    <t>L*****</t>
+  </si>
+  <si>
+    <t>K*******</t>
+  </si>
+  <si>
+    <t>USP</t>
+  </si>
+  <si>
+    <t>NC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
@@ -695,54 +707,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2ACEB44-7FAA-407A-A3EF-11B96DD757A8}">
-  <dimension ref="A1:K22"/>
+  <dimension ref="A1:K23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="M17" sqref="M17"/>
+      <selection activeCell="J24" sqref="J24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="14.45"/>
   <cols>
     <col min="2" max="2" width="20.7109375" customWidth="1"/>
     <col min="10" max="10" width="19.7109375" customWidth="1"/>
     <col min="11" max="11" width="24" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
@@ -1476,50 +1488,82 @@
         <v>69</v>
       </c>
       <c r="D22" s="5">
         <v>6952398</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>27</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>24</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>65</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="A23" t="s">
+        <v>20</v>
+      </c>
+      <c r="B23" t="s">
+        <v>71</v>
+      </c>
+      <c r="C23" t="s">
+        <v>72</v>
+      </c>
+      <c r="D23">
+        <v>7731643</v>
+      </c>
+      <c r="E23" t="s">
+        <v>73</v>
+      </c>
+      <c r="F23" t="s">
+        <v>56</v>
+      </c>
+      <c r="G23" t="s">
+        <v>74</v>
+      </c>
+      <c r="H23" t="s">
+        <v>74</v>
+      </c>
+      <c r="I23" t="s">
+        <v>74</v>
+      </c>
+      <c r="J23" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Romain Meyniel</dc:creator>
   <cp:keywords/>
   <dc:description/>